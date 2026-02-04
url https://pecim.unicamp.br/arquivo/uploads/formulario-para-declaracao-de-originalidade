--- v0 (2025-11-27)
+++ v1 (2026-02-04)
@@ -1,855 +1,1697 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-[...16 lines deleted...]
-  <Override PartName="/customXml/_rels/item1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7F409CB2" w14:textId="77777777" w:rsidR="00363CB3" w:rsidRDefault="00363CB3" w:rsidP="00363CB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="5C5CB738" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F746BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Campinas, XX de XXXXX de 202X.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...11 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6BEDD222" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1DA346AF" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="1BDB6372" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F746BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Declaração do(a) orientador(a) sobre originalidade</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="280" w:after="280"/>
+    <w:p w14:paraId="5BAE8138" w14:textId="77777777" w:rsidR="001A16C4" w:rsidRPr="00F746BE" w:rsidRDefault="001A16C4" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54CE9EF9" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A82C4E9" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F746BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Declaro que eu, ______________________, orientador(a) do(a) aluno(a) _____________________, verifiquei que seu trabalho de conclusão de (mestrado/doutorado) possui índice de similaridade ____% de acordo com o software disponibilizado pela SBU-UNICAMP. Declaro ainda que o trabalho é original, respeitando as normativas do PECIM e da UNICAMP.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="280" w:after="280"/>
+    <w:p w14:paraId="7208BE4B" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C8F6D7" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="001A16C4" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A16C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Justificativa para índices de similaridade acima de 30%:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...13 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="59B24190" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F746BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>[inserir justificativa ou N/A]</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="268A18A4" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE01190" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="464F550C" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C54E9DD" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="445899E2" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210E8DD1" w14:textId="14751A56" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F746BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Orienta</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ção:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...6 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="11656037" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CBEDEA" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5949"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F746BE" w14:paraId="0419F20B" w14:textId="77777777" w:rsidTr="00F746BE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24F91EA9" w14:textId="677884C8" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F746BE" w14:paraId="5670A7FF" w14:textId="77777777" w:rsidTr="00F746BE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45D6A47A" w14:textId="6197B7DA" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>[Inserir nome completo]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73C88303" w14:textId="5FAF2255" w:rsidR="0016241C" w:rsidRDefault="0016241C" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E91EE82" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A052DE7" w14:textId="7C0CB53D" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Discente:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="63BED567" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7BABA26C" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5949"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F746BE" w14:paraId="4A03CCB6" w14:textId="77777777" w:rsidTr="0097162C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DC323" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="0097162C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F746BE" w14:paraId="0DD32236" w14:textId="77777777" w:rsidTr="0097162C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ED14866" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="0097162C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>[Inserir nome completo]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="77D42B16" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...18 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="034E32F2" w14:textId="77777777" w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidRDefault="00F746BE" w:rsidP="00F746BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...157 lines deleted...]
-      <w:type w:val="nextPage"/>
+    <w:sectPr w:rsidR="00F746BE" w:rsidRPr="00F746BE" w:rsidSect="00AC447A">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:left="1701" w:right="1701" w:gutter="0" w:header="708" w:top="1417" w:footer="708" w:bottom="1417"/>
-[...1 lines deleted...]
-      <w:formProt w:val="false"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
-      <w:textDirection w:val="lrTb"/>
-      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="669E6057" w14:textId="77777777" w:rsidR="00ED3A20" w:rsidRDefault="00ED3A20" w:rsidP="004302D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6E47D1DB" w14:textId="77777777" w:rsidR="00ED3A20" w:rsidRDefault="00ED3A20" w:rsidP="004302D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Liberation Serif">
-[...10 lines deleted...]
-  <w:font w:name="Tahoma">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
+  <w:font w:name="Poppins">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...15 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="758CD805" w14:textId="77777777" w:rsidR="00AC447A" w:rsidRDefault="00AC447A">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-      <w:rPr/>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="427A0036" w14:textId="77777777" w:rsidR="006527C9" w:rsidRPr="006527C9" w:rsidRDefault="0016241C" w:rsidP="006527C9">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
-      <w:rPr/>
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...17 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+    <w:r w:rsidRPr="006527C9">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    </w:t>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="5D66E517" w14:textId="77777777" w:rsidR="006527C9" w:rsidRPr="006527C9" w:rsidRDefault="006527C9" w:rsidP="006527C9">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-      <w:rPr/>
+      <w:pStyle w:val="Rodap"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:rPr/>
+    <w:r w:rsidRPr="006527C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Faculdade de Educação (FE), Unicamp, Secretaria dos Programas de Pós-graduação, Piso 1, Bloco A</w:t>
     </w:r>
+    <w:r w:rsidRPr="006527C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:br/>
+      <w:t>Av. Bertrand Russell, 801 Cidade Universitária “Zeferino Vaz” Campinas – SP – Brasil CEP 13083-865</w:t>
+    </w:r>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabelacomgrade"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="2835"/>
+      <w:gridCol w:w="2835"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="006527C9" w:rsidRPr="006527C9" w14:paraId="7512A96D" w14:textId="77777777" w:rsidTr="00386DE4">
+      <w:trPr>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2835" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4F6F9C84" w14:textId="77777777" w:rsidR="006527C9" w:rsidRPr="006527C9" w:rsidRDefault="006527C9" w:rsidP="006527C9">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="006527C9">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t xml:space="preserve">E-mail: </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId1" w:history="1">
+            <w:r w:rsidRPr="006527C9">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>pecim@ige.unicamp.br</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2835" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="07D442C8" w14:textId="77777777" w:rsidR="006527C9" w:rsidRPr="006527C9" w:rsidRDefault="006527C9" w:rsidP="006527C9">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="006527C9">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Telefone: (19) 3521-0019</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="51C88854" w14:textId="67FAB255" w:rsidR="0016241C" w:rsidRPr="006527C9" w:rsidRDefault="0016241C" w:rsidP="006527C9">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0006D8B7" w14:textId="77777777" w:rsidR="002335D9" w:rsidRPr="006527C9" w:rsidRDefault="002335D9" w:rsidP="002335D9">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
-      <w:rPr/>
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-      <w:fldChar w:fldCharType="begin"/>
+  </w:p>
+  <w:p w14:paraId="08BDFB4A" w14:textId="4DA78C21" w:rsidR="002335D9" w:rsidRPr="006527C9" w:rsidRDefault="002335D9" w:rsidP="006527C9">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="006527C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Faculdade de Educação (FE), Unicamp, Secretaria dos Programas de Pós-graduação, Piso 1, Bloco A</w:t>
     </w:r>
-    <w:r>
-[...13 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+    <w:r w:rsidRPr="006527C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:br/>
+      <w:t>Av. Bertrand Russell, 801 Cidade Universitária “Zeferino Vaz” Campinas – SP – Brasil CEP 13083-865</w:t>
     </w:r>
   </w:p>
-  <w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabelacomgrade"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="2972"/>
+      <w:gridCol w:w="2136"/>
+      <w:gridCol w:w="2405"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00AC447A" w:rsidRPr="006527C9" w14:paraId="0094BE3A" w14:textId="77777777" w:rsidTr="00262BE7">
+      <w:trPr>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2972" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="0F5B86DA" w14:textId="77777777" w:rsidR="00AC447A" w:rsidRPr="008F660E" w:rsidRDefault="00AC447A" w:rsidP="00AC447A">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008F660E">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>E-mail: pecim@ige.unicamp.br</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2136" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="455114B0" w14:textId="77777777" w:rsidR="00AC447A" w:rsidRPr="008F660E" w:rsidRDefault="00AC447A" w:rsidP="00AC447A">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008F660E">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Site: pecim.unicamp.br</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2405" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="52938651" w14:textId="77777777" w:rsidR="00AC447A" w:rsidRPr="008F660E" w:rsidRDefault="00AC447A" w:rsidP="00AC447A">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008F660E">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Telefone: (19) 3521-0019</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="27B229A1" w14:textId="77777777" w:rsidR="002335D9" w:rsidRPr="006527C9" w:rsidRDefault="002335D9" w:rsidP="002335D9">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-      <w:rPr/>
+      <w:pStyle w:val="Rodap"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="14A7BEF6" w14:textId="77777777" w:rsidR="00ED3A20" w:rsidRDefault="00ED3A20" w:rsidP="004302D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="27665B34" w14:textId="77777777" w:rsidR="00ED3A20" w:rsidRDefault="00ED3A20" w:rsidP="004302D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0476E92D" w14:textId="77777777" w:rsidR="00AC447A" w:rsidRDefault="00AC447A">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12E58FBA" w14:textId="70BB969D" w:rsidR="0016241C" w:rsidRDefault="006527C9" w:rsidP="006527C9">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:pStyle w:val="Rodap"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
-[...20 lines deleted...]
-      <w:rPr/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-          <wp:docPr id="1" name="Imagem 5" descr="PRE_VERM"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="790D359A" wp14:editId="336C8CCE">
+          <wp:extent cx="320675" cy="338275"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="5080"/>
+          <wp:docPr id="31314713" name="Imagem 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Imagem 5" descr="PRE_VERM"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="232651996" name="Imagem 232651996"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="-4487"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="558165" cy="536575"/>
+                    <a:ext cx="320925" cy="338539"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">      </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="295A7C7B" wp14:editId="559680CD">
+          <wp:extent cx="284351" cy="324000"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+          <wp:docPr id="1452281112" name="Imagem 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="-1473"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="284351" cy="324000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
+  <w:p w14:paraId="386EE90B" w14:textId="77777777" w:rsidR="0016241C" w:rsidRDefault="0016241C" w:rsidP="0016241C">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabelacomgrade"/>
+      <w:tblW w:w="10772" w:type="dxa"/>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1701"/>
+      <w:gridCol w:w="7370"/>
+      <w:gridCol w:w="1701"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00734CFE" w14:paraId="1680D488" w14:textId="77777777" w:rsidTr="00486F7A">
+      <w:trPr>
+        <w:trHeight w:val="983"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="731C66A8" w14:textId="5AFA3629" w:rsidR="00734CFE" w:rsidRDefault="00206FA9" w:rsidP="00734CFE">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BFCBADB" wp14:editId="39994172">
+                <wp:extent cx="473915" cy="540000"/>
+                <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+                <wp:docPr id="572026469" name="Imagem 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill rotWithShape="1">
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect b="-1473"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="473915" cy="540000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7370" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="3DC9D6EB" w14:textId="6CB5EE65" w:rsidR="00734CFE" w:rsidRPr="001A16C4" w:rsidRDefault="00734CFE" w:rsidP="001A16C4">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001A16C4">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Programa de Pós-Graduação </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001A16C4">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+            </w:rPr>
+            <w:t>Multiunidades</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001A16C4" w:rsidRPr="001A16C4">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001A16C4">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+            </w:rPr>
+            <w:t>em Ensino de Ciências e Matemática - PECIM</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="239B2428" w14:textId="47269005" w:rsidR="00734CFE" w:rsidRDefault="00734CFE" w:rsidP="00734CFE">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001A16C4">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+            </w:rPr>
+            <w:t>Universidade Estadual de Campinas - UNICAMP</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="11C6E661" w14:textId="27E119C3" w:rsidR="00734CFE" w:rsidRDefault="00206FA9" w:rsidP="00734CFE">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79835375" wp14:editId="01A61181">
+                <wp:extent cx="534873" cy="540000"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1251950013" name="Imagem 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="232651996" name="Imagem 232651996"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="534873" cy="540000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="255C7A1A" w14:textId="77777777" w:rsidR="002335D9" w:rsidRDefault="002335D9" w:rsidP="00734CFE">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29073652"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="58A637CA"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FC37723"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28CEC25A"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="827134133">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1734812714">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation w:val="true"/>
-  <w:hyphenationZone w:val="0"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:doNotExpandShiftReturn/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+  <w:rsids>
+    <w:rsidRoot w:val="00DC4E44"/>
+    <w:rsid w:val="000428AF"/>
+    <w:rsid w:val="0016241C"/>
+    <w:rsid w:val="001749B3"/>
+    <w:rsid w:val="00180489"/>
+    <w:rsid w:val="001A16C4"/>
+    <w:rsid w:val="00206FA9"/>
+    <w:rsid w:val="002335D9"/>
+    <w:rsid w:val="00244090"/>
+    <w:rsid w:val="00252160"/>
+    <w:rsid w:val="0031550A"/>
+    <w:rsid w:val="00363CB3"/>
+    <w:rsid w:val="00373D8F"/>
+    <w:rsid w:val="003A2B0A"/>
+    <w:rsid w:val="003F0A76"/>
+    <w:rsid w:val="004302D9"/>
+    <w:rsid w:val="00433396"/>
+    <w:rsid w:val="00486F7A"/>
+    <w:rsid w:val="004B47C4"/>
+    <w:rsid w:val="00637FD5"/>
+    <w:rsid w:val="006527C9"/>
+    <w:rsid w:val="00734CFE"/>
+    <w:rsid w:val="00763BF3"/>
+    <w:rsid w:val="007F7FDA"/>
+    <w:rsid w:val="009B005A"/>
+    <w:rsid w:val="00A50396"/>
+    <w:rsid w:val="00AC447A"/>
+    <w:rsid w:val="00B069FA"/>
+    <w:rsid w:val="00B61B72"/>
+    <w:rsid w:val="00BF6B24"/>
+    <w:rsid w:val="00C40AF7"/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rsid w:val="00DE25C4"/>
+    <w:rsid w:val="00E07D99"/>
+    <w:rsid w:val="00EB4BF5"/>
+    <w:rsid w:val="00ED3A20"/>
+    <w:rsid w:val="00F746BE"/>
+    <w:rsid w:val="00FC42EE"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pt-BR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4C43D65F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{F865EDD3-1650-4029-9C85-77AB165E8B5E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:qFormat="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="0" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -868,161 +1710,164 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:qFormat="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="Light Shading"/>
-[...18 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
-[...77 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1083,738 +1928,1007 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
     <w:pPr>
-      <w:keepNext w:val="true"/>
-[...15 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...349 lines deleted...]
-    <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
+    <w:name w:val="Título 3 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
+    <w:name w:val="Título 4 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
+    <w:name w:val="Título 5 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Char">
+    <w:name w:val="Título 6 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Char">
+    <w:name w:val="Título 7 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Char">
+    <w:name w:val="Título 8 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Char">
+    <w:name w:val="Título 9 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
+    <w:name w:val="Título Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubttuloChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloChar">
+    <w:name w:val="Subtítulo Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Subttulo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citao">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaoChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaoChar">
+    <w:name w:val="Citação Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Citao"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfaseIntensa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CitaoIntensa">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaoIntensaChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaoIntensaChar">
+    <w:name w:val="Citação Intensa Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="CitaoIntensa"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RefernciaIntensa">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4E44"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004302D9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004302D9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004302D9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004302D9"/>
+  </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0016241C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002335D9"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002335D9"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pecim@ige.unicamp.br" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
-    <a:clrScheme name="Escritório">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="ffffff"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1f497d"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="eeece1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4f81bd"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="c0504d"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9bbb59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064a2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4bacc6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="f79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000ff"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Escritório">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme>
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
+        <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
-          <a:tileRect l="0" t="0" r="0" b="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
-        <a:gradFill>
+        <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
-          <a:tileRect l="0" t="0" r="0" b="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-                <a:shade val="99000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          <a:tileRect l="0" t="0" r="0" b="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...15 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/25.2.5.2$Windows_X86_64 LibreOffice_project/03d19516eb2e1dd5d4ccd751a0d6f35f35e08022</Application>
+  <Pages>1</Pages>
+  <Words>94</Words>
+  <Characters>513</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>606</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
-[...5 lines deleted...]
-  <Company>UNICAMP</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>João Vitor Venceslau de Almeida</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Comvest / Vestibulares</dc:creator>
-[...3 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
-[...1 lines deleted...]
-  <dc:title>Esse Edital refere-se ao Curso de Mestrado em Ensino de Ciências e Matemática, dentro do Programa de Pós-Graduação Multiunidades em Ensino de Ciências e Matemática da Unicamp (CMECM)</dc:title>
 </cp:coreProperties>
 </file>
-
-[...21 lines deleted...]
-</file>