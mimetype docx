--- v0 (2025-11-27)
+++ v1 (2026-01-14)
@@ -1,2760 +1,3377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="46F21799" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3255"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="2585"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="1072"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w14:paraId="0CCCF319" w14:textId="062652C9" w:rsidTr="005017D8">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A660D5" w14:textId="03B8268A" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Formulário para Exame de</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDDABAA" w14:textId="441F05D1" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0F5BE4" w14:textId="0D972316" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Exame de Qualificação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74453070" w14:textId="77777777" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D602736" w14:textId="64587D7D" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Defesa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0742A27E" w14:textId="18A097FD" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22607B77" w14:textId="54A6246E" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Mestrado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6D46D7" w14:textId="77777777" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D43924C" w14:textId="1294A70C" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00B33906" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Doutorado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81259" w:rsidRPr="006F71B7" w14:paraId="562542A8" w14:textId="77777777" w:rsidTr="005017D8">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAE5DFE" w14:textId="7237C280" w:rsidR="00D81259" w:rsidRPr="00D81259" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(assinale com um “X”)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F58BA28" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49EA650D" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4033795E" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C3D63B" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FE4910" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645A40F" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B3A499" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBE508F" w14:textId="77777777" w:rsidR="00D81259" w:rsidRPr="006F71B7" w:rsidRDefault="00D81259" w:rsidP="00D81259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0427F906" w14:textId="77777777" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
       <w:pPr>
-        <w:pStyle w:val="Ttulo"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:highlight w:val="white"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_heading=h.n39jvloxrtz0" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="092C69B9" w14:textId="6DFFBF10" w:rsidR="00B33906" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O presente formulário deve ser preenchido e enviado ao e-mail da Coordenadora do PECIM (ivanae@unicamp.br) com cópia para a secretaria (pecim@ige.unicamp.br) para análise e deliberação pela CPPG.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508012FC" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="64F02EEC" w14:textId="77777777" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
       <w:pPr>
-        <w:pStyle w:val="Ttulo"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:highlight w:val="white"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk214474553"/>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3AA028C8" w14:textId="2D495A0C" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:highlight w:val="white"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Formulário para solicitação </w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:highlight w:val="white"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>de  (</w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> Doutorado</w:t>
+        <w:t>Prazos para envio do formulário:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C65358C" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="76168422" w14:textId="2BEECB78" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
       <w:pPr>
-        <w:ind w:right="-474"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk214474657"/>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">O presente formulário deve ser preenchido e enviado ao e-mail da Coordenadora do PECIM: </w:t>
+        <w:t>➔</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8">
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  com cópia para a secretaria:  </w:t>
+        <w:t xml:space="preserve"> Exames de Qualificação: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D81259">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para análise e deliberação pela CPPG.</w:t>
+        <w:t>30 dias</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> de antecedência à data pretendida;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C41A32" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="52F4B08A" w14:textId="6D2F6D3E" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Prazos para envio do formulário</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>➔</w:t>
       </w:r>
-      <w:r>
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Defesas: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>45 dias</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de antecedência à data pretendida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2DBDF0" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F44A4EC" w14:textId="473A2ACA" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
       <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Exames de Qualificação: 30</w:t>
+        <w:t xml:space="preserve">A composição das bancas examinadoras deve seguir critérios da </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> dias de antecedência à data pretendida;</w:t>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="006F71B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>RESOLUÇÃO 001/2024</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DC8EDC" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="616624BE" w14:textId="661617B9" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
       <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve">* Solicitação de defesas: deverão ser acompanhadas obrigatoriamente do Relatório de Similaridade do </w:t>
+        <w:t xml:space="preserve">Solicitação de defesas: deverão ser acompanhadas obrigatoriamente do Relatório de Similaridade do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Turnitin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="006F71B7">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">                 e-mail: </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C769FFF" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3B89A55D" w14:textId="77777777" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00C23A0A">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...226 lines deleted...]
-          <w:highlight w:val="white"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
-[...12 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="14601" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="525"/>
-        <w:gridCol w:w="2507"/>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="137"/>
+        <w:gridCol w:w="2399"/>
+        <w:gridCol w:w="2980"/>
+        <w:gridCol w:w="406"/>
+        <w:gridCol w:w="643"/>
         <w:gridCol w:w="1505"/>
-        <w:gridCol w:w="1275"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="561"/>
+        <w:gridCol w:w="325"/>
+        <w:gridCol w:w="384"/>
+        <w:gridCol w:w="606"/>
+        <w:gridCol w:w="1272"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="1403"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B721AE" w14:paraId="6ED11BE0" w14:textId="77777777" w:rsidTr="00111553">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:tr w:rsidR="00096467" w:rsidRPr="006F71B7" w14:paraId="5D10925A" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="660CDB52" w14:textId="5FAED37D" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>T/S</w:t>
+              <w:t>Estudante:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2507" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:tcW w:w="5922" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1646C823" w14:textId="67B39147" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3478970B" w14:textId="16339EF3" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>RA:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="114760E8" w14:textId="77777777" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5D6AEF" w14:textId="7241E465" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nome Completo por extenso</w:t>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>E-mail:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDC5E0A" w14:textId="77777777" w:rsidR="00C23A0A" w:rsidRPr="006F71B7" w:rsidRDefault="00C23A0A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00096467" w:rsidRPr="006F71B7" w14:paraId="377B40E2" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422625DE" w14:textId="36454C08" w:rsidR="00096467" w:rsidRPr="006F71B7" w:rsidRDefault="00096467" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CPF  </w:t>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Título da Qualificação/Dissertação/Tese:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1374F8" w14:textId="77777777" w:rsidR="00096467" w:rsidRPr="006F71B7" w:rsidRDefault="00096467" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00096467" w:rsidRPr="006F71B7" w14:paraId="05AB33CD" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1287" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05954533" w14:textId="5C2A4A58" w:rsidR="00096467" w:rsidRPr="006F71B7" w:rsidRDefault="00096467" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data de nascimento  </w:t>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Orientação:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D3F407" w14:textId="77777777" w:rsidR="00096467" w:rsidRPr="006F71B7" w:rsidRDefault="00096467" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845AD60" w14:textId="245C8CE5" w:rsidR="00096467" w:rsidRPr="006F71B7" w:rsidRDefault="00096467" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sigla da Instituição</w:t>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Coorientação (se houver):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8C5BD1" w14:textId="15B599A4" w:rsidR="00096467" w:rsidRPr="006F71B7" w:rsidRDefault="00096467" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0079666A" w:rsidRPr="006F71B7" w14:paraId="7AAA66D4" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED6A4D6" w14:textId="267DF52B" w:rsidR="0079666A" w:rsidRPr="00D81259" w:rsidRDefault="0079666A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>e-Mail</w:t>
+              <w:t>data</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>horário</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> precisam ser </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Telefone</w:t>
+              <w:t>previamente agendad</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00305B1D" w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PARTICIPAÇÃO</w:t>
+              <w:t>s</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pelo(a) orientador(a) com os membros da banca sugeridos</w:t>
+            </w:r>
+            <w:r w:rsidR="00D81259" w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D81259" w:rsidRPr="00D81259">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>➔</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7E7E4E" w14:textId="4449D697" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Justificar participação remota</w:t>
+              <w:t>Data:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC06AFF" w14:textId="77777777" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66D5B1CB" w14:textId="5FBA425C" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...83 lines deleted...]
-              <w:t>(Universidade)</w:t>
+              <w:t>Hora:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2328" w:type="dxa"/>
-[...1033 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F12AE03" w14:textId="77777777" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="00605799">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C85608E" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00B721AE">
+    <w:p w14:paraId="765684EC" w14:textId="77777777" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="0079666A">
       <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B721AE">
-[...5 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="6F3C5A94" w14:textId="1F5ED529" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Informações para a Comissão de Programa de Pós-graduação:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796BD181" w14:textId="3751AE90" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>➔</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Todos os campos são de preenchimento </w:t>
+      </w:r>
+      <w:r w:rsidR="00D81259" w:rsidRPr="00D81259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>obrigatórios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385137E0" w14:textId="75A579CE" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>➔</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O orientador(a) tem que estar em primeiro lugar na composição da banca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED96983" w14:textId="53A2916B" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>➔</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O campo T (Titular)/S (Suplente) deverá ser preenchido pela CPPG.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CD0D0B" w14:textId="3E3914BF" w:rsidR="0079666A" w:rsidRPr="006F71B7" w:rsidRDefault="0079666A" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>➔</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F71B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assinalar com um "X", a forma de participação de cada membro titular e suplente, na respectiva coluna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0F0686" w14:textId="77777777" w:rsidR="007F63B2" w:rsidRPr="006F71B7" w:rsidRDefault="007F63B2" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="518"/>
+        <w:gridCol w:w="3446"/>
+        <w:gridCol w:w="1669"/>
+        <w:gridCol w:w="1266"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="2378"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1949"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="48E3D8DD" w14:textId="5C6939AD" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EC5D72" w14:textId="3BAC521D" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T/S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C98AD8" w14:textId="28A9EE5F" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nome completo por extenso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE075A9" w14:textId="1EE55B79" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0E8B2B" w14:textId="2AF58F87" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Data de Nascimento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FDC1FE" w14:textId="0E12247C" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sigla da Universidade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F081127" w14:textId="76C19C06" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="403FC782" w14:textId="13DA921B" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD69264" w14:textId="160AC909" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Justificar participação remota</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="204DACB8" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1ABCA8" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C44155" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0B64F3" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2C768C" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CCC282" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4ED38F" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D170917" w14:textId="48752344" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C47FAA" w14:textId="65C25F03" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F71B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Remota</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68625B19" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="007F63B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="592B250A" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6643F2DA" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C87088" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F91FB5B" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E64A5C1" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5637B2D5" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D4676D" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C909677" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E93337" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5E929B" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="5A595802" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E078081" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D9C40F" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D433C35" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67697F0A" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="553B8EE7" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E61FD0" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5F5DFB" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A543D8" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27289142" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="4231C031" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0715CCF5" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A648940" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF24992" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FD4067" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="089C8B82" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A0B6C4" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4890746A" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CEE00C" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63760885" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="4D99C64A" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E6EA8F" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C13B07" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A025588" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06982205" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155DC49A" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="494C16EB" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07182073" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A17E8B" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25807F20" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F71B7" w:rsidRPr="006F71B7" w14:paraId="72098F73" w14:textId="77777777" w:rsidTr="00D81259">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A2E947" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DC3BA9" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E98754" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F97F8C" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9F1C7E" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7214C059" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2124077A" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3F9195" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C0FF28" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRPr="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="00D81259">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3A00E7DA" w14:textId="77777777" w:rsidR="007F63B2" w:rsidRPr="006F71B7" w:rsidRDefault="007F63B2" w:rsidP="0079666A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F63B2" w:rsidRPr="006F71B7" w:rsidSect="00B33906">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34B2B33A" w14:textId="77777777" w:rsidR="00833162" w:rsidRDefault="00833162">
+    <w:p w14:paraId="62BD24DA" w14:textId="77777777" w:rsidR="00165250" w:rsidRDefault="00165250" w:rsidP="00B33906">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E6D7AE7" w14:textId="77777777" w:rsidR="00833162" w:rsidRDefault="00833162">
+    <w:p w14:paraId="4461C94F" w14:textId="77777777" w:rsidR="00165250" w:rsidRDefault="00165250" w:rsidP="00B33906">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...8 lines deleted...]
-    <w:embedItalic r:id="rId2" w:fontKey="{CA712D8F-01E9-41BD-B49E-7EAECFA57E96}"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{53E1A15E-E8ED-4A0C-A3B7-D5F31F0B72E0}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{ED56C200-CFA0-4683-A488-C125679764C8}"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{49996522-8BA3-4E1B-89B2-994E887D88B3}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Poppins">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21883F34" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
+  <w:p w14:paraId="168C34C0" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRDefault="00EC03F8">
     <w:pPr>
-      <w:pBdr>
-[...10 lines deleted...]
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="Rodap"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47F43685" w14:textId="355DDB1C" w:rsidR="006F71B7" w:rsidRPr="006527C9" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="006527C9">
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>Faculdade de Educação (FE), Unicamp, Secretaria dos Programas de Pós-graduação, Piso 1, Bloco A</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
       </w:rPr>
-      <w:instrText>PAGE</w:instrText>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="006527C9">
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
-[...5 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+      <w:t>Av. Bertrand Russell, 801 Cidade Universitária “Zeferino Vaz” Campinas – SP – Brasil CEP 13083-865</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="02ED70E1" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00B721AE">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabelacomgrade"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="2972"/>
+      <w:gridCol w:w="2136"/>
+      <w:gridCol w:w="2405"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00EC03F8" w:rsidRPr="006527C9" w14:paraId="34349133" w14:textId="77777777" w:rsidTr="00262BE7">
+      <w:trPr>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2972" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="0BEC1CAF" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRPr="008F660E" w:rsidRDefault="00EC03F8" w:rsidP="00EC03F8">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008F660E">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>E-mail: pecim@ige.unicamp.br</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2136" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7C150CAF" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRPr="008F660E" w:rsidRDefault="00EC03F8" w:rsidP="00EC03F8">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008F660E">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Site: pecim.unicamp.br</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2405" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4E948EBC" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRPr="008F660E" w:rsidRDefault="00EC03F8" w:rsidP="00EC03F8">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:spacing w:before="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008F660E">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Telefone: (19) 3521-0019</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="2D78B4A2" w14:textId="77777777" w:rsidR="006F71B7" w:rsidRDefault="006F71B7" w:rsidP="006F71B7">
     <w:pPr>
-      <w:pBdr>
-[...13 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Rodap"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5BBE277C" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRDefault="00EC03F8">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D0DC61C" w14:textId="77777777" w:rsidR="00833162" w:rsidRDefault="00833162">
+    <w:p w14:paraId="7CD4B89D" w14:textId="77777777" w:rsidR="00165250" w:rsidRDefault="00165250" w:rsidP="00B33906">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CE29850" w14:textId="77777777" w:rsidR="00833162" w:rsidRDefault="00833162">
+    <w:p w14:paraId="3BC2A794" w14:textId="77777777" w:rsidR="00165250" w:rsidRDefault="00165250" w:rsidP="00B33906">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E87D66D" w14:textId="77777777" w:rsidR="00B721AE" w:rsidRDefault="00000000">
-[...95 lines deleted...]
-    </w:r>
+  <w:p w14:paraId="28DFC0A6" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRDefault="00EC03F8">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabelacomgrade"/>
+      <w:tblW w:w="15351" w:type="dxa"/>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1178"/>
+      <w:gridCol w:w="12472"/>
+      <w:gridCol w:w="1701"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00B33906" w14:paraId="744B0E40" w14:textId="77777777" w:rsidTr="005017D8">
+      <w:trPr>
+        <w:trHeight w:val="274"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1178" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="6159696B" w14:textId="6207D0B3" w:rsidR="00B33906" w:rsidRDefault="00F91F81" w:rsidP="00B33906">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53A2F493" wp14:editId="773AB580">
+                <wp:extent cx="432000" cy="490909"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+                <wp:docPr id="938896997" name="Imagem 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill rotWithShape="1">
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect b="-1473"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="432000" cy="490909"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="12472" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="0996C403" w14:textId="65664A9F" w:rsidR="00B33906" w:rsidRPr="00CF34CB" w:rsidRDefault="00B33906" w:rsidP="00B33906">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00CF34CB">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Programa de Pós-Graduação </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00CF34CB">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Multiunidades</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00CF34CB">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> em Ensino de Ciências e Matemática - PECIM</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="77EA6ABF" w14:textId="77777777" w:rsidR="00B33906" w:rsidRDefault="00B33906" w:rsidP="00B33906">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CF34CB">
+            <w:rPr>
+              <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Universidade Estadual de Campinas - UNICAMP</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="770E2269" w14:textId="4A393227" w:rsidR="00B33906" w:rsidRDefault="00F91F81" w:rsidP="00B33906">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F45F184" wp14:editId="0A39D6F8">
+                <wp:extent cx="432000" cy="436141"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="2540"/>
+                <wp:docPr id="1251950013" name="Imagem 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="232651996" name="Imagem 232651996"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="432000" cy="436141"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="6BFAEF6D" w14:textId="77777777" w:rsidR="00B33906" w:rsidRDefault="00B33906">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25025B52" w14:textId="77777777" w:rsidR="00EC03F8" w:rsidRDefault="00EC03F8">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="022737C5"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="4BAE24C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4022E588"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="➔"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="◆"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="◆"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="◆"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...115 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="2000963929">
+  <w:num w:numId="1" w16cid:durableId="1288656479">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B721AE"/>
-    <w:rsid w:val="00111553"/>
+    <w:rsidRoot w:val="00B33906"/>
+    <w:rsid w:val="00096467"/>
+    <w:rsid w:val="001357A4"/>
+    <w:rsid w:val="00165250"/>
+    <w:rsid w:val="00305B1D"/>
+    <w:rsid w:val="003F4E5C"/>
+    <w:rsid w:val="005017D8"/>
+    <w:rsid w:val="00560C52"/>
     <w:rsid w:val="00564095"/>
-    <w:rsid w:val="006935D8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B721AE"/>
+    <w:rsid w:val="00605799"/>
+    <w:rsid w:val="006F71B7"/>
+    <w:rsid w:val="0079666A"/>
+    <w:rsid w:val="007F63B2"/>
+    <w:rsid w:val="00AA7023"/>
+    <w:rsid w:val="00B33906"/>
+    <w:rsid w:val="00B85E42"/>
+    <w:rsid w:val="00C23A0A"/>
+    <w:rsid w:val="00CF34CB"/>
+    <w:rsid w:val="00D81259"/>
+    <w:rsid w:val="00DE25C4"/>
+    <w:rsid w:val="00EC03F8"/>
+    <w:rsid w:val="00F91F81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="50EA5CF8"/>
-  <w15:docId w15:val="{7F7CBD46-35E5-497D-AD8D-C8D98AEB70CF}"/>
+  <w14:docId w14:val="411C5A79"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{08DE70E2-5BDB-454E-B47C-2E52FA280CD4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3098,778 +3715,985 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="280" w:after="80"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="40"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="220" w:after="40"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="40"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...8 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
+    <w:name w:val="Título 3 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
+    <w:name w:val="Título 4 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
+    <w:name w:val="Título 5 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Char">
+    <w:name w:val="Título 6 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Char">
+    <w:name w:val="Título 7 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Char">
+    <w:name w:val="Título 8 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Char">
+    <w:name w:val="Título 9 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="TtuloChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
+    <w:name w:val="Título Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubttuloChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloChar">
+    <w:name w:val="Subtítulo Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Subttulo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citao">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaoChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaoChar">
+    <w:name w:val="Citação Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Citao"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfaseIntensa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CitaoIntensa">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaoIntensaChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaoIntensaChar">
+    <w:name w:val="Citação Intensa Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="CitaoIntensa"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RefernciaIntensa">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B33906"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...61 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B33906"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B33906"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4419"/>
-        <w:tab w:val="right" w:pos="8838"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodebalo">
-[...18 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B33906"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B33906"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C23A0A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:color w:val="000000"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
-[...10 lines deleted...]
-    <w:link w:val="Cabealho"/>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C23A0A"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...48 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivanae@unicamp.br" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pecim@ige.unicamp.br" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Hx-EUJDGluwRcv0SQefMlnXaoPHdYeqw/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
-    <a:clrScheme name="Escritório">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Escritório">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Escritório">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...17 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>277</Words>
-  <Characters>1497</Characters>
+  <Words>243</Words>
+  <Characters>1313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1771</CharactersWithSpaces>
+  <CharactersWithSpaces>1553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ige</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>João Vitor Venceslau de Almeida</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>